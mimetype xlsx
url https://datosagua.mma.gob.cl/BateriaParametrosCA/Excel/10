--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -87,54 +87,54 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.43" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="22.950000000000003" bestFit="1" customWidth="1" collapsed="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="7.500000000000001" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="1" max="1" width="22.950000000000003" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5.25" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.850000000000001" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.500000000000001" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="0">
         <v>2020</v>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="s">
@@ -149,29 +149,29 @@
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Generator">
     <lpwstr xmlns="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">NPOI</lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Generator Version">
-    <lpwstr xmlns="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">2.7.1</lpwstr>
+    <lpwstr xmlns="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">2.7.4</lpwstr>
   </property>
 </Properties>
 </file>