--- v0 (2025-12-26)
+++ v1 (2026-03-12)
@@ -102,57 +102,57 @@
   <si>
     <t xml:space="preserve">ug/L</t>
   </si>
   <si>
     <t xml:space="preserve">Cloruro (Cl)</t>
   </si>
   <si>
     <t xml:space="preserve">Cobalto Total (Co Tot)</t>
   </si>
   <si>
     <t xml:space="preserve">Coliformes Fecales (Col Fec)</t>
   </si>
   <si>
     <t xml:space="preserve">NMP/100ml</t>
   </si>
   <si>
     <t xml:space="preserve">Coliformes Totales (Col Tot)</t>
   </si>
   <si>
     <t xml:space="preserve">Carbono Orgánico Total (COT)</t>
   </si>
   <si>
     <t xml:space="preserve">Cromo Hexavalente (Cr(VI))</t>
   </si>
   <si>
-    <t xml:space="preserve">Demanda Biológico de Oxígeno tras 5 días de Reacción (DBO5)</t>
+    <t xml:space="preserve">Demanda Bioquímica de Oxígeno tras 5 días de Reacción (DBO5)</t>
   </si>
   <si>
     <t xml:space="preserve">Demanda Química de Oxigeno (DQO)</t>
   </si>
   <si>
-    <t xml:space="preserve">Fosfato (PO4)</t>
+    <t xml:space="preserve">Ortofosfato/Fosfato (PO4)</t>
   </si>
   <si>
     <t xml:space="preserve">Fósforo Total (PT)</t>
   </si>
   <si>
     <t xml:space="preserve">Hierro Total (Fe Tot)</t>
   </si>
   <si>
     <t xml:space="preserve">Magnesio Total (Mg Tot)</t>
   </si>
   <si>
     <t xml:space="preserve">Manganeso Total (Mn Tot)</t>
   </si>
   <si>
     <t xml:space="preserve">Mercurio Total (Hg Tot)</t>
   </si>
   <si>
     <t xml:space="preserve">Molibdeno Total (Mo Tot)</t>
   </si>
   <si>
     <t xml:space="preserve">Níquel Total (Ni Tot)</t>
   </si>
   <si>
     <t xml:space="preserve">Nitrato (NO3)</t>
   </si>
@@ -243,51 +243,51 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.43" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="56.25" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="1" max="1" width="58.050000000000004" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="2" max="2" width="17.25" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="3" max="3" width="7.500000000000001" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="4" max="4" width="6.300000000000001" bestFit="1" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>5</v>