--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -4,98 +4,89 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Marcos de Monitoreo" sheetId="1" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1"><![CDATA['Marcos de Monitoreo'!$A$1:$H$12]]></definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1"><![CDATA['Marcos de Monitoreo'!$A$1:$H$11]]></definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="39">
   <si>
     <t xml:space="preserve">Nombre</t>
   </si>
   <si>
     <t xml:space="preserve">¿Norma de Calidad?</t>
   </si>
   <si>
     <t xml:space="preserve">Código Marco Monitoreo</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha de Publicación</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha de Promulgación</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha Versión Única</t>
   </si>
   <si>
     <t xml:space="preserve">Objeto de Protección</t>
   </si>
   <si>
     <t xml:space="preserve">Vigente</t>
   </si>
   <si>
     <t xml:space="preserve">Normas Secundarias de Calidad Ambiental (NSCA) Lago Villarica</t>
   </si>
   <si>
     <t xml:space="preserve">Sí</t>
   </si>
   <si>
     <t xml:space="preserve">DS-MMA-0019-2013</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">el objeto de proteccion es un poligono</t>
   </si>
   <si>
     <t xml:space="preserve">Cáhuil - GEF Humedales Costeros</t>
   </si>
   <si>
     <t xml:space="preserve">No</t>
   </si>
   <si>
     <t xml:space="preserve">GEF_HC_Cáhuil</t>
   </si>
   <si>
     <t xml:space="preserve">Humedal Costero Laguna Cáhuil</t>
   </si>
   <si>
     <t xml:space="preserve">Para Probar SOPORTA ** NO USAR</t>
   </si>
   <si>
     <t xml:space="preserve">TestSoporta</t>
   </si>
   <si>
     <t xml:space="preserve">No lo se</t>
   </si>
   <si>
     <t xml:space="preserve">Mantagua - GEF Humedales Costeros</t>
   </si>
@@ -194,51 +185,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1:I12"/>
+  <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.43" defaultRowHeight="15"/>
   <cols>
     <col min="4" max="4" width="19.349999999999998" style="1" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="5" max="5" width="21.3" style="2" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="6" max="6" width="18.6" style="3" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="1" max="1" width="118.8" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="2" max="2" width="18.75" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="3" max="3" width="23.25" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="7" max="7" width="58.800000000000004" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="8" max="8" width="7.500000000000001" bestFit="1" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1" s="4" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
@@ -265,279 +256,253 @@
       <c r="B2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="1">
         <v>41563</v>
       </c>
       <c r="E2" s="2">
         <v>41421</v>
       </c>
       <c r="F2" s="3">
         <v>41421</v>
       </c>
       <c r="G2" s="0"/>
       <c r="H2" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" s="1">
-        <v>43027</v>
+        <v>45399</v>
       </c>
       <c r="E3" s="2">
-        <v>43027</v>
+        <v>45399</v>
       </c>
       <c r="F3" s="3">
-        <v>43027</v>
+        <v>45399</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="1">
-        <v>45399</v>
+        <v>45429</v>
       </c>
       <c r="E4" s="2">
-        <v>45399</v>
+        <v>45429</v>
       </c>
       <c r="F4" s="3">
-        <v>45399</v>
+        <v>45429</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1">
-        <v>45429</v>
+        <v>43831</v>
       </c>
       <c r="E5" s="2">
-        <v>45429</v>
-[...3 lines deleted...]
-      </c>
+        <v>43831</v>
+      </c>
+      <c r="F5" s="3"/>
       <c r="G5" s="0" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="D6" s="1"/>
+      <c r="E6" s="2"/>
       <c r="F6" s="3"/>
       <c r="G6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2"/>
       <c r="F7" s="3"/>
       <c r="G7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2"/>
       <c r="F8" s="3"/>
       <c r="G8" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="D9" s="1"/>
-[...1 lines deleted...]
-      <c r="F9" s="3"/>
+      <c r="D9" s="1">
+        <v>40544</v>
+      </c>
+      <c r="E9" s="2">
+        <v>40544</v>
+      </c>
+      <c r="F9" s="3">
+        <v>40544</v>
+      </c>
       <c r="G9" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="1">
-        <v>40544</v>
+        <v>45124</v>
       </c>
       <c r="E10" s="2">
-        <v>40544</v>
-[...3 lines deleted...]
-      </c>
+        <v>45124</v>
+      </c>
+      <c r="F10" s="3"/>
       <c r="G10" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="D11" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="D11" s="1"/>
+      <c r="E11" s="2"/>
       <c r="F11" s="3"/>
       <c r="G11" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>9</v>
-[...19 lines deleted...]
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:H12"/>
+  <autoFilter ref="A1:H11"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Generator">