--- v1 (2026-02-07)
+++ v2 (2026-03-29)
@@ -191,58 +191,58 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.43" defaultRowHeight="15"/>
   <cols>
-    <col min="4" max="4" width="19.349999999999998" style="1" bestFit="1" customWidth="1" collapsed="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="7.500000000000001" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="1" max="1" width="118.8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.75" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="23.25" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.349999999999998" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.6" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="58.800000000000004" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="7.500000000000001" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="4" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
@@ -487,29 +487,29 @@
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Generator">
     <lpwstr xmlns="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">NPOI</lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Generator Version">
-    <lpwstr xmlns="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">2.7.1</lpwstr>
+    <lpwstr xmlns="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">2.7.4</lpwstr>
   </property>
 </Properties>
 </file>